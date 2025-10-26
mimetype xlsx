--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R942ab3a410bf43f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8514010d227c46a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670f576da8ab40c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7311f0fd5b56475c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R673b99c9fa504466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670f576da8ab40c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb413b2384bbb47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7311f0fd5b56475c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DW - American Basic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>