--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8514010d227c46a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641801f5e9774e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7311f0fd5b56475c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd78416f318dc4f80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb413b2384bbb47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7311f0fd5b56475c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf68705e0af2f464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd78416f318dc4f80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DW - American Basic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>136,255</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,007</x:t>
-[...173 lines deleted...]
-          <x:t>134,641</x:t>
+          <x:t>135,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,232</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>136,249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,695</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>