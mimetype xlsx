--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641801f5e9774e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93bbab609f6043ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd78416f318dc4f80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcdba6cdee364b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf68705e0af2f464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd78416f318dc4f80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re611a5c10cd249c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcdba6cdee364b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DW - American Basic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>139,932</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>