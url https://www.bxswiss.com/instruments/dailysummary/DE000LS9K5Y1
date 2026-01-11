--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93bbab609f6043ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R566057fcb16f4604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcdba6cdee364b6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd52bd3b357674792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re611a5c10cd249c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcdba6cdee364b6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb85141c391e84773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd52bd3b357674792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DW - American Basic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>144,859</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,652</x:t>
-[...367 lines deleted...]
-          <x:t>145,153</x:t>
+          <x:t>145,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,642</x:t>
-[...26 lines deleted...]
-          <x:t>144,287</x:t>
+          <x:t>144,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>