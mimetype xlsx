--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R566057fcb16f4604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c61ec8a825b44fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd52bd3b357674792"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c61475da034603"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb85141c391e84773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd52bd3b357674792" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf91fa190d6a04b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c61475da034603" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DW - American Basic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>147,304</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>