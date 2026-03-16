--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c61ec8a825b44fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R829d592962a048e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c61475da034603"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1c67d9d357c4244"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf91fa190d6a04b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c61475da034603" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree77b335622c4ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1c67d9d357c4244" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DW - American Basic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,383</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>