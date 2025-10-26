--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca8fd6444dd442d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2611346d3424428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66b852b6496f40f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9144035402e4089"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R402e5fa1ba424369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66b852b6496f40f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd511915d0bb45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9144035402e4089" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Pharmachampions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5X3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,131 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>91,242</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>