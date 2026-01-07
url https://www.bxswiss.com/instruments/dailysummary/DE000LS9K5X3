--- v1 (2025-10-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2611346d3424428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a56b3cfb68c40e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9144035402e4089"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R205e4366a50a45b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd511915d0bb45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9144035402e4089" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra02e183fd13e41de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R205e4366a50a45b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Pharmachampions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5X3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>94,112</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>