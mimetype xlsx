--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a56b3cfb68c40e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf933f8bd0ee54c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R205e4366a50a45b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29129c8bf30a4f39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra02e183fd13e41de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R205e4366a50a45b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfec794e56adb4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29129c8bf30a4f39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Pharmachampions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5X3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>99,665</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>