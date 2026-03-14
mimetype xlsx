--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf933f8bd0ee54c72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84c33591681b4691" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29129c8bf30a4f39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd604b781dac84623"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfec794e56adb4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29129c8bf30a4f39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22d0c78bca3643f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd604b781dac84623" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Pharmachampions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5X3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,468 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>98,639</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...177 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,962</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>