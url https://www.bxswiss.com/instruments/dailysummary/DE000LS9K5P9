--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f5b22f035504cbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R261acc1c0a12402b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a02f9c1206447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b2596dc40d4a25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b30e62587024aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a02f9c1206447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3eb6b5b8046453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b2596dc40d4a25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The World is in Danger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>13,151</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,304</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>13,912</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>