--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R261acc1c0a12402b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e40e16b77648db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b2596dc40d4a25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d72c4f75c54918"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3eb6b5b8046453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b2596dc40d4a25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf487ebd17ff74b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d72c4f75c54918" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The World is in Danger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>13,658</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>