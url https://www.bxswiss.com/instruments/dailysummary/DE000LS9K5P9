--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e40e16b77648db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc52ccef1cf646f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d72c4f75c54918"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d20544794ce4d57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf487ebd17ff74b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d72c4f75c54918" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb199d07b42614abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d20544794ce4d57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The World is in Danger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>