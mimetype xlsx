--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc52ccef1cf646f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a94a4a78b44450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d20544794ce4d57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1719dd78b4e94075"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb199d07b42614abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d20544794ce4d57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R348c0e40a30a460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1719dd78b4e94075" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The World is in Danger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>12,370</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,531</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>13,193</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>