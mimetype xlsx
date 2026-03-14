--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a94a4a78b44450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0b75db892541ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1719dd78b4e94075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R316b66827ae640e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R348c0e40a30a460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1719dd78b4e94075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486c5f2948964cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R316b66827ae640e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The World is in Danger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>