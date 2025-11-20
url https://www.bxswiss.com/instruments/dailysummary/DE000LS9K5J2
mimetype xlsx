--- v0 (2025-10-31)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a11482c1c3249a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8571724149b14805" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9dbaff5d18b49a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R826148e56d5f4209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf706636dfa494296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9dbaff5d18b49a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd29f94502f410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R826148e56d5f4209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5J2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>63,745</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,234</x:t>
-[...26 lines deleted...]
-          <x:t>63,230</x:t>
+          <x:t>63,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,030</x:t>
-[...60 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>62,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,193</x:t>
-[...144 lines deleted...]
-          <x:t>63,296</x:t>
+          <x:t>63,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>