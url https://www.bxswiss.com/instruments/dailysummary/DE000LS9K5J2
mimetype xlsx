--- v1 (2025-11-20)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8571724149b14805" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f303b9457242f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R826148e56d5f4209"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7848476843374c09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd29f94502f410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R826148e56d5f4209" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1adc81afdb44b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7848476843374c09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5J2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,193</x:t>
-[...48 lines deleted...]
-          <x:t>63,288</x:t>
+          <x:t>63,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,214</x:t>
-[...134 lines deleted...]
-          <x:t>63,375</x:t>
+          <x:t>63,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,549</x:t>
-        </x:is>
-[...322 lines deleted...]
-          <x:t>63,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>