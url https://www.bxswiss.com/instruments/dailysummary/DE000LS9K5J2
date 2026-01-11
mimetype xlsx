--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f303b9457242f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9894834b8414068" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7848476843374c09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29c9be35ef5f46c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1adc81afdb44b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7848476843374c09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fffdbfc4c68430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29c9be35ef5f46c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5J2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>63,494</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,392</x:t>
-[...556 lines deleted...]
-          <x:t>63,604</x:t>
+          <x:t>63,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,549</x:t>
+          <x:t>63,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>