--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9894834b8414068" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b163532d474fbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29c9be35ef5f46c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bbc8ff4f1b04f9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fffdbfc4c68430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29c9be35ef5f46c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc798b779094cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bbc8ff4f1b04f9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5J2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>63,529</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>