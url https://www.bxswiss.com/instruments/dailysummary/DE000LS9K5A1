--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e5431ee74a043a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88961faf7dc34675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0b3c80816974aea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4579fecaa4b4f95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab05bca2aa649ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0b3c80816974aea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd24b0e57a340c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4579fecaa4b4f95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BurningFish</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5A1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>647,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>646,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>