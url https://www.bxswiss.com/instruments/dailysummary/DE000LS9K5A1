--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88961faf7dc34675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcced7fc4dfa74777" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4579fecaa4b4f95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad7c8c39bba412f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd24b0e57a340c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4579fecaa4b4f95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3af010ef14fd44a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad7c8c39bba412f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BurningFish</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5A1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>622,729</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>624,389</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>633,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>