--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcced7fc4dfa74777" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d99855ad1948f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad7c8c39bba412f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08e0c50c303c4a90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3af010ef14fd44a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad7c8c39bba412f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f0bf4b83464555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08e0c50c303c4a90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BurningFish</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5A1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>623,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>624,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>615,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>633,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>633,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>