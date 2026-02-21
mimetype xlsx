--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d99855ad1948f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7080b62a3594969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08e0c50c303c4a90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8782723b204308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f0bf4b83464555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08e0c50c303c4a90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d52231b4f3741de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8782723b204308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BurningFish</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5A1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>621,245</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>