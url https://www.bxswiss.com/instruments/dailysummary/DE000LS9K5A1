--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7080b62a3594969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a45f67a24e4b40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8782723b204308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba14ea799e74513"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d52231b4f3741de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8782723b204308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c2d42f586734c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba14ea799e74513" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BurningFish</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5A1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>562,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>569,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>561,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>568,262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>568,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>571,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>564,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>568,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>