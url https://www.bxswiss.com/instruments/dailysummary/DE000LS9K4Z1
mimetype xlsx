--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R773f14033e1e49e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aff4fc9c0f44e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab31b7b121904beb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc716a11d87d140f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90e0d231038d4abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab31b7b121904beb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd893750c15a340c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc716a11d87d140f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>