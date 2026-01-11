--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aff4fc9c0f44e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2453982bd6e404d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc716a11d87d140f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62977b4933da4b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd893750c15a340c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc716a11d87d140f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63334b6af3d24a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62977b4933da4b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,829</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>