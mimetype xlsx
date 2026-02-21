--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2453982bd6e404d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb51312973c64f3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62977b4933da4b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4346165610334c04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63334b6af3d24a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62977b4933da4b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60ef1a7761048cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4346165610334c04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>99,659</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,043</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>103,510</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>