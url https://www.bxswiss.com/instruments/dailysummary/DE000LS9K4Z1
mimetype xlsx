--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb51312973c64f3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5f074d6651e4ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4346165610334c04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95479fd5c78c4ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60ef1a7761048cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4346165610334c04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda177e8536d74042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95479fd5c78c4ecb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,511</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>