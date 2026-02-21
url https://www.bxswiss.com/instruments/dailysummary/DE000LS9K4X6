--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b07dd22a9df4a52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0528a8992e584709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95562a0d3f7e4579"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5489915418ef4945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f5ccd6c4e7140d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95562a0d3f7e4579" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1f1bc9868f447c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5489915418ef4945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MID CAP Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4X6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>154,310</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>