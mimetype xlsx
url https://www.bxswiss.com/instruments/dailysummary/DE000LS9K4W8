--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d8aaf389c94655" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648bd1c14fc14b47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0920eddd45248e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R825392f23cfa4fab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a604df24eb45ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0920eddd45248e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b25c5079acd409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R825392f23cfa4fab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PHTrading Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>91,388</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,658</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>92,522</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>