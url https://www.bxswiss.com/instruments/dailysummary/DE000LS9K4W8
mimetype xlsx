--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648bd1c14fc14b47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a8d944fdbc04ec4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R825392f23cfa4fab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943e107f488344c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b25c5079acd409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R825392f23cfa4fab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R495d3cb9493e4f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943e107f488344c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PHTrading Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,321</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>91,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,658</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,821</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>