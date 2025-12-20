--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a8d944fdbc04ec4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d452a8e24343ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943e107f488344c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6c1cfb67c5c4639"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R495d3cb9493e4f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943e107f488344c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e813dc308b4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6c1cfb67c5c4639" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PHTrading Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,962</x:t>
-[...522 lines deleted...]
-          <x:t>87,180</x:t>
+          <x:t>89,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>