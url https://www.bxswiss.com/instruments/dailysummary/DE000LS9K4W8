--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d452a8e24343ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12339876d4974298" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6c1cfb67c5c4639"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f4f51a9aac642c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e813dc308b4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6c1cfb67c5c4639" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23de0eecd5c4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f4f51a9aac642c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PHTrading Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>89,760</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,463</x:t>
-[...301 lines deleted...]
-          <x:t>90,006</x:t>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>