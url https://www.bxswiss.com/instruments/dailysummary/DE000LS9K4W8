--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12339876d4974298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc87c6b8487d4fac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f4f51a9aac642c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5630793b0915412d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23de0eecd5c4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f4f51a9aac642c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30b9a66ec694433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5630793b0915412d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PHTrading Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>91,905</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>