--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc87c6b8487d4fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf42d9ad7a55c44d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5630793b0915412d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6ed116e9cbb41bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30b9a66ec694433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5630793b0915412d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc94f3dc4ac504ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6ed116e9cbb41bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PHTrading Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>