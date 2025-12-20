--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc08c5c0e4f4de8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d87f0d5c284c53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84ca1c15ef1f49e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487d142c60134e86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd260dd847c6049bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84ca1c15ef1f49e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab0c67011f3f4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487d142c60134e86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>226,284</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>