--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d87f0d5c284c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01a09a63aa746aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487d142c60134e86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c745098886947e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab0c67011f3f4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487d142c60134e86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aaeb7b17fd7428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c745098886947e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>