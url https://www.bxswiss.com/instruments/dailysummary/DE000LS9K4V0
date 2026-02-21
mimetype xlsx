--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01a09a63aa746aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ee4a02ace04517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c745098886947e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7af697413ed04978"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aaeb7b17fd7428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c745098886947e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R501dd1ba981c44ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7af697413ed04978" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>251,471</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>