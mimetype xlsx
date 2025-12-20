--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22215641e5b44f7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ef6f2cc40c4ab8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra603b17fed0446b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0196ccd01a54d97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51708c1dd5fd4fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra603b17fed0446b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1766f46c05834b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0196ccd01a54d97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum - relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,616</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>