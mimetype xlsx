--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ef6f2cc40c4ab8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30ed0d75fc654fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0196ccd01a54d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64a74bca1f944001"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1766f46c05834b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0196ccd01a54d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21a26c75ffb64345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64a74bca1f944001" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum - relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>