--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30ed0d75fc654fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b3a98ab44e470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64a74bca1f944001"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9226563df61a4aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21a26c75ffb64345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64a74bca1f944001" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672ecbd65d7748b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9226563df61a4aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum - relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,781</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>