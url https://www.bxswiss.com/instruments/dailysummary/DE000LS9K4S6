--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b3a98ab44e470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8efb36d91e28431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9226563df61a4aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc132f9d9094ae9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672ecbd65d7748b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9226563df61a4aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe1ab06c353e4420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc132f9d9094ae9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum - relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>