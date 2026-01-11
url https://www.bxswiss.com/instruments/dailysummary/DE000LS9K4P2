--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328712409c064957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d8cd87cf8a4f57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8d3d488592f4ba9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a4c9ce7cf64477"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da69b4c54d84159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8d3d488592f4ba9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8ecfa341b24bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a4c9ce7cf64477" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfood &amp; Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4P2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>103,701</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,894</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>104,807</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>103,391</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,012</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>104,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>