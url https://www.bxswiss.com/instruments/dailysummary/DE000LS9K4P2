--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d8cd87cf8a4f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbc49af4b4f4eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a4c9ce7cf64477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R949b012bc9f446d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8ecfa341b24bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a4c9ce7cf64477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R378b6c1e9c6d4fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R949b012bc9f446d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfood &amp; Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4P2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>104,012</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>