--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbc49af4b4f4eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba2ffa6432345e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R949b012bc9f446d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14639beb292e45fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R378b6c1e9c6d4fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R949b012bc9f446d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c39239f33574702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14639beb292e45fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfood &amp; Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4P2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>104,707</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,236</x:t>
-[...458 lines deleted...]
-          <x:t>108,566</x:t>
+          <x:t>104,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>