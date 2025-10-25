--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R428ce52740b94480" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e76a79679be4802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37e4e78866e64138"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc541a11294c49fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f1d686e67640be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37e4e78866e64138" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c654370d854140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc541a11294c49fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Real Estate Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>76,568</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>76,506</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,586</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>76,723</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,560</x:t>
-[...80 lines deleted...]
-          <x:t>76,478</x:t>
+          <x:t>76,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>