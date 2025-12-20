--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e76a79679be4802" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd4283433144d09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc541a11294c49fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f922e7827d42ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c654370d854140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc541a11294c49fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8717124e9614e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f922e7827d42ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Real Estate Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>76,394</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,313</x:t>
-[...625 lines deleted...]
-          <x:t>75,849</x:t>
+          <x:t>76,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>