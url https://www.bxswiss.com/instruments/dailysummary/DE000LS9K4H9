--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd4283433144d09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f5b4cab83ae4cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f922e7827d42ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ebe2638dcfe4751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8717124e9614e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f922e7827d42ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a245d4d3bf24643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ebe2638dcfe4751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Real Estate Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>77,036</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,888</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>76,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,797</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>