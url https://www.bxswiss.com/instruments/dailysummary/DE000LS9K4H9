--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f5b4cab83ae4cbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1b90981c804a83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ebe2638dcfe4751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R023db33e7b524bae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a245d4d3bf24643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ebe2638dcfe4751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20eb331e7d54da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R023db33e7b524bae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Real Estate Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>76,712</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,546</x:t>
-[...48 lines deleted...]
-          <x:t>76,721</x:t>
+          <x:t>76,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,471</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>77,004</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>