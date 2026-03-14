--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1b90981c804a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf04a5c089c2d4169" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R023db33e7b524bae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391a142da8c1436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20eb331e7d54da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R023db33e7b524bae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54858c61cfb0455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391a142da8c1436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Real Estate Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,177</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>74,827</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,952</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>75,412</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>