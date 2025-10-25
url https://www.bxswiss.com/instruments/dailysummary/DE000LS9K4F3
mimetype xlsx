--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra835ed8196d1414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30486bc15d254463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff7e20fc57df4a0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R486eebad54f14a22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04fe2af333b048f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff7e20fc57df4a0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88cf7cadcf8e4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R486eebad54f14a22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Maverick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>