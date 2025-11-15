--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30486bc15d254463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80125d5281b24098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R486eebad54f14a22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f841a2deb834dce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88cf7cadcf8e4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R486eebad54f14a22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f15485ce54e4a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f841a2deb834dce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Maverick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>