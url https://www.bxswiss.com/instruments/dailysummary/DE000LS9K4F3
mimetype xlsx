--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80125d5281b24098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b0d461d2d8b4b0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f841a2deb834dce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b234ca27134474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f15485ce54e4a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f841a2deb834dce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R347556a1c0fc4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b234ca27134474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Maverick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>182,981</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,098</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>180,520</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>