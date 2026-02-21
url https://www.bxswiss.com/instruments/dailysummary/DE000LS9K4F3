--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b0d461d2d8b4b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533e6fb86d5946b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b234ca27134474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R458f8aca0a7d4d2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R347556a1c0fc4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b234ca27134474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbe6efa53b624c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R458f8aca0a7d4d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Maverick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>186,288</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>