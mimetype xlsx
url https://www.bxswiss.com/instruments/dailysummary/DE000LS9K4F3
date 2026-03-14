--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533e6fb86d5946b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re158709cd878485e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R458f8aca0a7d4d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58c4c2b37b4446d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbe6efa53b624c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R458f8aca0a7d4d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0897c17dac084eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58c4c2b37b4446d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Maverick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>