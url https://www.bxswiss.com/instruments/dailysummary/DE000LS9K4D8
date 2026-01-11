--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70bd32f51c104a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba51979a34df42a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a110496b2994fb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b0593b1f4ef42e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f67c8f256894d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a110496b2994fb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee783a9fe8b4633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b0593b1f4ef42e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Wide Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>