--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba51979a34df42a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876bc89aae5640ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b0593b1f4ef42e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb024945c5ea445eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee783a9fe8b4633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b0593b1f4ef42e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bb7aec76b048aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb024945c5ea445eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Wide Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>198,604</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>