--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876bc89aae5640ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a852fbc83bb4512" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb024945c5ea445eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c798439affa4f3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bb7aec76b048aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb024945c5ea445eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf12990035d3b44b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c798439affa4f3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Wide Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>