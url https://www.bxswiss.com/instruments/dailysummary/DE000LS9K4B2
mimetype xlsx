--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c39dcf60ec43b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf012ebfc3694c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6d0b460983f40cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44075fdd9f46436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re07452813cc94877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6d0b460983f40cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ce2df993b242e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44075fdd9f46436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Balance, konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>259,470</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>259,365</x:t>
-[...566 lines deleted...]
-          <x:t>257,395</x:t>
+          <x:t>255,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>