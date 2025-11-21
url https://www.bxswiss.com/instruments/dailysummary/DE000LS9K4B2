--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf012ebfc3694c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ede0caf11b49d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44075fdd9f46436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97fe75ce4c3644bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ce2df993b242e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44075fdd9f46436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra12ab8c79d6849f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97fe75ce4c3644bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Balance, konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>