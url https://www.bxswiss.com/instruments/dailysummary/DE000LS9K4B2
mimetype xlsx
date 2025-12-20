--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ede0caf11b49d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf441b4f03a84441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97fe75ce4c3644bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287703044c9746d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra12ab8c79d6849f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97fe75ce4c3644bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07d5ec599034feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287703044c9746d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Balance, konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>257,367</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>255,323</x:t>
-[...463 lines deleted...]
-          <x:t>251,526</x:t>
+          <x:t>258,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>