--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf441b4f03a84441" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d57c7666d64eea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287703044c9746d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde4646124dc44073"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07d5ec599034feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287703044c9746d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b06edda1f8f494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde4646124dc44073" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Balance, konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>