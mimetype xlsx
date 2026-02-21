--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d57c7666d64eea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4d3e56db2704afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde4646124dc44073"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c977fa6ed134b8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b06edda1f8f494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde4646124dc44073" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22febb17474848a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c977fa6ed134b8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Balance, konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>262,733</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>