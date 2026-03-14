--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4d3e56db2704afd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a4c1eafc9149ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c977fa6ed134b8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96e3621777854731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22febb17474848a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c977fa6ed134b8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dedb79184464987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96e3621777854731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - Balance, konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>254,520</x:t>
-[...151 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>249,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>252,647</x:t>
-[...225 lines deleted...]
-          <x:t>253,198</x:t>
+          <x:t>246,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>