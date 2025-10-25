--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re57692e3c0964259" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccdbadab463248c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d1e42a4c6944014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41bf9f8cc15b494b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a754293e514acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d1e42a4c6944014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00897173f9fa42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41bf9f8cc15b494b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen USA/Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>