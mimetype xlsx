--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccdbadab463248c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b4874b4f24471e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41bf9f8cc15b494b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dbd009efcda429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00897173f9fa42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41bf9f8cc15b494b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0641cc7951be427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dbd009efcda429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen USA/Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>236,900</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>