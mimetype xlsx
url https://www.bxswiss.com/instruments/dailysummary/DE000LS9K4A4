--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b4874b4f24471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9fd9c6ac4fa43d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dbd009efcda429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0be285a28235461a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0641cc7951be427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dbd009efcda429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d08d0d00c2e4828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0be285a28235461a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen USA/Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>