--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9fd9c6ac4fa43d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f426bcc3e9452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0be285a28235461a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15dd1e4a95cf4bea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d08d0d00c2e4828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0be285a28235461a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc644652eab84054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15dd1e4a95cf4bea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen USA/Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>259,252</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>