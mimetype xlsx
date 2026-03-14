--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f426bcc3e9452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca07aa3248ad45ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15dd1e4a95cf4bea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R451926e1601f46ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc644652eab84054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15dd1e4a95cf4bea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31513fdbf6fe45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R451926e1601f46ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen USA/Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,172</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>