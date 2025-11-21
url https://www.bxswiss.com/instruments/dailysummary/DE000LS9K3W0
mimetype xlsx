--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e3b4c65d734edc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb47a6211bc794004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8032c8c22e964938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d6e1750a4c4956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d39b8e31294c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8032c8c22e964938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1ac294884154560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d6e1750a4c4956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>