--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb47a6211bc794004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0787e0c17f0045bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d6e1750a4c4956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f347a21cdf46cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1ac294884154560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d6e1750a4c4956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R066a876709c543fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f347a21cdf46cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...635 lines deleted...]
-          <x:t>105,174</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>