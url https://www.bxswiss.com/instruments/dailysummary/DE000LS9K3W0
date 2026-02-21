--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0787e0c17f0045bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd71d098bea94734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f347a21cdf46cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6520ab9a44e043f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R066a876709c543fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f347a21cdf46cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72e1c900aeb4242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6520ab9a44e043f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,357</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>104,448</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,037</x:t>
-[...247 lines deleted...]
-          <x:t>106,805</x:t>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>