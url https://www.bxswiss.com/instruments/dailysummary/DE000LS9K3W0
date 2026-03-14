--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd71d098bea94734" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45be16146f374a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6520ab9a44e043f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf9599426a0449ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72e1c900aeb4242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6520ab9a44e043f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra750679bb9dd4d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf9599426a0449ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>