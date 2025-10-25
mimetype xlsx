--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b6e22c75534b70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce6116408f794775" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22d0f7ba66244b3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c4d3fca707d4fda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4d9418d73046b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22d0f7ba66244b3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38dea722b3fa4a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c4d3fca707d4fda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WinWin-Situationen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>