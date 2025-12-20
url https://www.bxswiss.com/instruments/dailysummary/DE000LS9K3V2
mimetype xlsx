--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce6116408f794775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70800e97b7ca4ec8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c4d3fca707d4fda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d6d32a8832a4df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38dea722b3fa4a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c4d3fca707d4fda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f116f6317884be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d6d32a8832a4df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WinWin-Situationen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>314,712</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>