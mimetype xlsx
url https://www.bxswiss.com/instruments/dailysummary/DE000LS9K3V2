--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70800e97b7ca4ec8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1171f80778b54d33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d6d32a8832a4df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3eff51661dc4781"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f116f6317884be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d6d32a8832a4df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd032994639904ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3eff51661dc4781" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WinWin-Situationen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>327,530</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>325,548</x:t>
-[...242 lines deleted...]
-          <x:t>321,178</x:t>
+          <x:t>325,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>