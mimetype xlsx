--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1171f80778b54d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R939be974ef5a47dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3eff51661dc4781"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54967a389ccf4bca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd032994639904ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3eff51661dc4781" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda95ad368c9d441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54967a389ccf4bca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WinWin-Situationen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>346,672</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>