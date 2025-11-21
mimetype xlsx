--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafaac9e85eaf437a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd199b61eac2a4c2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c04baae01a64c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07cb422d01354017"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf00c1d3e8d4b43a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c04baae01a64c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0c2edf5fb404489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07cb422d01354017" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendtrading Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>511,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>509,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>510,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>