--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd199b61eac2a4c2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b0bf90dc5649cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07cb422d01354017"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0057ec3e4074890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0c2edf5fb404489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07cb422d01354017" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd6d6f8992024949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0057ec3e4074890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendtrading Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>503,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>502,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>