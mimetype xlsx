--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b0bf90dc5649cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dc268231d1044df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0057ec3e4074890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ea6e28c19742b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd6d6f8992024949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0057ec3e4074890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R972e67b8984941a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ea6e28c19742b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendtrading Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>519,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>521,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>519,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>521,484</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>516,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>516,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>