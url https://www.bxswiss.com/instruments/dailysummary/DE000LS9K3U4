--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dc268231d1044df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2112439f2041bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ea6e28c19742b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28dc557b4588450f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R972e67b8984941a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ea6e28c19742b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16a2227d4a044c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28dc557b4588450f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendtrading Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>518,008</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>