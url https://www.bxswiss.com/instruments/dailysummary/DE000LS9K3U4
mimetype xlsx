--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2112439f2041bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9d4fd4c502e472e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28dc557b4588450f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5fd2805ab40433c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16a2227d4a044c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28dc557b4588450f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R861b0ddb798d43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5fd2805ab40433c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendtrading Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>