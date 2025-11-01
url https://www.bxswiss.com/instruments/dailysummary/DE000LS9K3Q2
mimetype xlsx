--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra99f4069c9304bea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61f0c891abb4d84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ee5f5e756c4303"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21f97ae7e48f4395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e4b97e922640f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ee5f5e756c4303" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f1e97ecbf5455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21f97ae7e48f4395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Introspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3Q2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>