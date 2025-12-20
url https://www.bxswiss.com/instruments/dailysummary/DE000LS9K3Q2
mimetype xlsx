--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61f0c891abb4d84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a162aee9ad45bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21f97ae7e48f4395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b6bbfb48ecd4801"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f1e97ecbf5455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21f97ae7e48f4395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72a268e335844f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b6bbfb48ecd4801" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Introspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3Q2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>236,268</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>238,586</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>