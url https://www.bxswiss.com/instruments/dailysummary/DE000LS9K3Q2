--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a162aee9ad45bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f798b91a024169" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b6bbfb48ecd4801"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R710dcb5c1f3b40f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72a268e335844f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b6bbfb48ecd4801" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd280b360a24618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R710dcb5c1f3b40f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Introspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3Q2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>236,567</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>