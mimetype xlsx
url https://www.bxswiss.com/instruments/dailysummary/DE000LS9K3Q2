--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f798b91a024169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c69dd7c1214dee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R710dcb5c1f3b40f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69c1d6dc51534518"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd280b360a24618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R710dcb5c1f3b40f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc67ef1fb59cc46c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69c1d6dc51534518" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Introspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3Q2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>