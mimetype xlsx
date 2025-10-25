--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9636be22a57142dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5797a3f5a4d4b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9521121ff7a54ecb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14a12380859e4bdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f134554f624cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9521121ff7a54ecb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcd7531a80b548a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14a12380859e4bdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>