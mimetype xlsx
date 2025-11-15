--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5797a3f5a4d4b15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4676d11e3a8f4325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14a12380859e4bdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf063fa216af4769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcd7531a80b548a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14a12380859e4bdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree229c1071c84428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf063fa216af4769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>97,588</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,475</x:t>
-[...593 lines deleted...]
-          <x:t>97,033</x:t>
+          <x:t>96,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>