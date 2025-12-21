--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4676d11e3a8f4325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03aa91cc8da8458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf063fa216af4769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c30e5fbfbd4788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree229c1071c84428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf063fa216af4769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c4ec79d73e74d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c30e5fbfbd4788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>97,952</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>97,433</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>