--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03aa91cc8da8458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56fb2e8961ec4d0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c30e5fbfbd4788"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9d93f513834cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c4ec79d73e74d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c30e5fbfbd4788" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b673dbcaa54d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9d93f513834cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>101,167</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,352</x:t>
-[...21 lines deleted...]
-          <x:t>98,659</x:t>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>98,943</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>