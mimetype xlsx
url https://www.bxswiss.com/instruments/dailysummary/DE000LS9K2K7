--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56fb2e8961ec4d0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf75324ac8d15430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9d93f513834cb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7941d8c238b941b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b673dbcaa54d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9d93f513834cb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5033c9662033425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7941d8c238b941b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>98,500</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,359</x:t>
-[...134 lines deleted...]
-          <x:t>98,824</x:t>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>