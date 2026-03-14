--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf75324ac8d15430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f99f8c1b113430a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7941d8c238b941b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40cebe06eb6b4fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5033c9662033425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7941d8c238b941b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf82e58bd66804aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40cebe06eb6b4fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>97,748</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,804</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>97,259</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,259</x:t>
-[...458 lines deleted...]
-          <x:t>96,746</x:t>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>