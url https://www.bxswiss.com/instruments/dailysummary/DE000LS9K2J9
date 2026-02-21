--- v0 (2025-10-25)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re94a4d4ae2b541ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fd66f01a374cb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R512c7ac479054c0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d67267990f04064"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6a6a375405440e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R512c7ac479054c0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d7045a0c1524575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d67267990f04064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Statistische Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>123,088</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,694</x:t>
-[...58 lines deleted...]
-          <x:t>124,824</x:t>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>