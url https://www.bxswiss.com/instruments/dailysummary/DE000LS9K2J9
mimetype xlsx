--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fd66f01a374cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R702353661fad41aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d67267990f04064"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f1885bb145c413c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d7045a0c1524575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d67267990f04064" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24eb881257c44a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f1885bb145c413c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Statistische Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>