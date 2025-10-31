--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38bbb1ffa1a447ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eda03b3956943c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cf599cf6520427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b4634be82d4370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9205bc5d1ac14c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cf599cf6520427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61132f778b274140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b4634be82d4370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Income MAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>105,381</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,380</x:t>
-[...166 lines deleted...]
-          <x:t>108,268</x:t>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>