--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eda03b3956943c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf5f0ef631c64db8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b4634be82d4370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f021048f3ef4d8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61132f778b274140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b4634be82d4370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc9eb9234e849f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f021048f3ef4d8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Income MAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>106,118</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,933</x:t>
-[...372 lines deleted...]
-          <x:t>104,842</x:t>
+          <x:t>105,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,757</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>106,419</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>