--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf5f0ef631c64db8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cbbaf6808334565" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f021048f3ef4d8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbefe7b0f37254ae4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc9eb9234e849f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f021048f3ef4d8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc33d4d28e76a4031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbefe7b0f37254ae4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Income MAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>