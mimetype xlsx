--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cbbaf6808334565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbabac190d547cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbefe7b0f37254ae4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f1b179ece34090"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc33d4d28e76a4031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbefe7b0f37254ae4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd32a548f52f14f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f1b179ece34090" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Income MAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>