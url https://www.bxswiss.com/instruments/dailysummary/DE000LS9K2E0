--- v4 (2026-01-11)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbabac190d547cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e40d85a8e04dd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f1b179ece34090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8802b19d2904157"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd32a548f52f14f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f1b179ece34090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d821846a4b240e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8802b19d2904157" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Income MAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>112,097</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>