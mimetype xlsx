--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red07fdef121646ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R378c5726904b478c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc760ba060714617"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4602f1691cf044b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1cebd1d90d4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc760ba060714617" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e072863dab4ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4602f1691cf044b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen-Aktienwerte-weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2D2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,995</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>