--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R378c5726904b478c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5e683f67b2f4823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4602f1691cf044b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bd1663b81624210"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e072863dab4ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4602f1691cf044b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R434f3817c6434c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bd1663b81624210" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen-Aktienwerte-weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2D2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>