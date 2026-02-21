--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5e683f67b2f4823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39bad11d108f4e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bd1663b81624210"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43bb719ff1294d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R434f3817c6434c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bd1663b81624210" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R543f00acf9584133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43bb719ff1294d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen-Aktienwerte-weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2D2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...463 lines deleted...]
-          <x:t>111,563</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,476</x:t>
-[...4 lines deleted...]
-          <x:t>113,421</x:t>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>