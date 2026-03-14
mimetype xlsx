--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39bad11d108f4e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142eb57626094fd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43bb719ff1294d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41ef8f0c0dea48b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R543f00acf9584133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43bb719ff1294d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a429c089c0443dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41ef8f0c0dea48b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen-Aktienwerte-weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2D2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,933</x:t>
-[...242 lines deleted...]
-          <x:t>108,239</x:t>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,782</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>109,992</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>