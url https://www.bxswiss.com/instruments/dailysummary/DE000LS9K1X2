--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd64a70ceb2b4380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb7b8fe475d4079" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c94a0b062574043"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2291b6bd05544c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75f5728c04f5410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c94a0b062574043" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1276d66bb79a4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2291b6bd05544c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Sekte Des UEbermensch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,043</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>