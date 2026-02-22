--- v1 (2025-12-21)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb7b8fe475d4079" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c3ca750e014d77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2291b6bd05544c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Read46a802c8a461f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1276d66bb79a4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2291b6bd05544c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d65c4c91ca4558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Read46a802c8a461f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Sekte Des UEbermensch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,566 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>66,757</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>