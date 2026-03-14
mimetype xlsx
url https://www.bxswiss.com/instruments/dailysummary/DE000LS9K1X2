--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c3ca750e014d77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc17066570a944dc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Read46a802c8a461f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R647bda15f1924955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d65c4c91ca4558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Read46a802c8a461f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R161e52c7dec24cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R647bda15f1924955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Sekte Des UEbermensch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,348 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -684,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>