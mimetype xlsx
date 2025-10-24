--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8934eeef52945c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff1f8b9a9d7488b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc90a8cbc8fb04e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e5f30049cf542a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4745910538d403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc90a8cbc8fb04e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2dbfd3d05634081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e5f30049cf542a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1W4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>602,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>603,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>596,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>597,809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>611,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>610,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>614,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>