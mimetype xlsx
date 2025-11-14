--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff1f8b9a9d7488b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45024d266ded4e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e5f30049cf542a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37084be5fe614ceb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2dbfd3d05634081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e5f30049cf542a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6230486d8240a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37084be5fe614ceb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1W4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>623,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>624,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>615,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>621,134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>624,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>