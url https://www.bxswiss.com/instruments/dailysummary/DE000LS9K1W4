--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45024d266ded4e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92427a98d0bf4899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37084be5fe614ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e431fac2af446dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6230486d8240a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37084be5fe614ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a86ccf87564f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e431fac2af446dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1W4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>600,527</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>