--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92427a98d0bf4899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12eb2cbed7a841af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e431fac2af446dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8830138c4bbb40fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a86ccf87564f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e431fac2af446dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc24338ecdc34db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8830138c4bbb40fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1W4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>610,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>612,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>602,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>605,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>597,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>605,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>595,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>603,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>