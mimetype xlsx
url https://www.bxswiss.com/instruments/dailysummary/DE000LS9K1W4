--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12eb2cbed7a841af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a4919936004bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8830138c4bbb40fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9849862326ec4aa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc24338ecdc34db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8830138c4bbb40fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a982f3e2b974829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9849862326ec4aa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1W4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>607,589</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>