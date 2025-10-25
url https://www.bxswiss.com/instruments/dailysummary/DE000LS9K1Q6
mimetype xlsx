--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2819411e9b4c8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1241c8970d3841d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e658aab0754396"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1042511a804deb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58c79f754184694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e658aab0754396" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be576bae1f8426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1042511a804deb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybersecurity Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>457,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>