--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1241c8970d3841d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9461d99c6e6418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1042511a804deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64cf8ad384624905"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be576bae1f8426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1042511a804deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0998d536e6da426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64cf8ad384624905" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybersecurity Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>440,936</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...478 lines deleted...]
-          <x:t>458,304</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>