--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9461d99c6e6418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c9a501b062f4206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64cf8ad384624905"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d713f12056b494a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0998d536e6da426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64cf8ad384624905" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3bec87408249d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d713f12056b494a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybersecurity Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>413,655</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>