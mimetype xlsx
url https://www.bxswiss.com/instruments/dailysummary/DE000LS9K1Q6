--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c9a501b062f4206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86fe6bc27b5c4517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d713f12056b494a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb241c27d7f394139"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3bec87408249d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d713f12056b494a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe985b32f652497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb241c27d7f394139" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybersecurity Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>