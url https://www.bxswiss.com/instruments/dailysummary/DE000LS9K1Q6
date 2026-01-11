--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86fe6bc27b5c4517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R814d024efc274b7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb241c27d7f394139"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8d7e41fa9c4d0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe985b32f652497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb241c27d7f394139" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R910a7df7a6e247be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8d7e41fa9c4d0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybersecurity Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>