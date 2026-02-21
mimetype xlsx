--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R814d024efc274b7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42b2d4ffc241458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8d7e41fa9c4d0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b31a4cdefc5487a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R910a7df7a6e247be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8d7e41fa9c4d0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16ff7080c9654d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b31a4cdefc5487a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybersecurity Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>387,489</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>