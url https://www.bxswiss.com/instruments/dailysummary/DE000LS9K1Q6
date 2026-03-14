--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42b2d4ffc241458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59048199daf84959" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b31a4cdefc5487a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7987ae313e3a430b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16ff7080c9654d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b31a4cdefc5487a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce1941af037048ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7987ae313e3a430b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybersecurity Innovators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>