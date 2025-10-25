--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd1e6b98ecee405b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafa3cd265b414ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14651660654747ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31d4733689ce4b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f79500ade064702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14651660654747ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dbd935520aa4a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31d4733689ce4b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE Indizes HighNoon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1N3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,212 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>78,312</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,928</x:t>
-[...53 lines deleted...]
-          <x:t>78,495</x:t>
+          <x:t>78,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>