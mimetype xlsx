--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafa3cd265b414ffb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96dfb4ba1e414839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31d4733689ce4b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827826e83941411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dbd935520aa4a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31d4733689ce4b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4b8da5bf7349f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827826e83941411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE Indizes HighNoon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1N3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>78,989</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>