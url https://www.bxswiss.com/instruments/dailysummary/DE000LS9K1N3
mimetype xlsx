--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96dfb4ba1e414839" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra144d1cbf7b0466c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827826e83941411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd24b7ab08664085"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4b8da5bf7349f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827826e83941411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16447a5d2e204ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd24b7ab08664085" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE Indizes HighNoon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1N3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>81,439</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>84,118</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>