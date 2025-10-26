--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e58b2da4d743ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb19c411085e74fa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re852f12ad5d1460a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e42cab7d1c941fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c92945e145432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re852f12ad5d1460a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95f7291264304848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e42cab7d1c941fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANIC - und ab geht's</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1E2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>