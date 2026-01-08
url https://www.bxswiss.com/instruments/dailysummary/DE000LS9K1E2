--- v1 (2025-10-26)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb19c411085e74fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b96b0466434588" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e42cab7d1c941fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59e36692e88b4d7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95f7291264304848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e42cab7d1c941fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cae9beb72c84448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59e36692e88b4d7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANIC - und ab geht's</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1E2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>191,391</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>