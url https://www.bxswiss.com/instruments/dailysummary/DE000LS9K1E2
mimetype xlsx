--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b96b0466434588" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f16990a1512455e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59e36692e88b4d7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fd6dc8fe7af4fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cae9beb72c84448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59e36692e88b4d7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R487acf34d72c41e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fd6dc8fe7af4fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANIC - und ab geht's</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1E2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,647</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>