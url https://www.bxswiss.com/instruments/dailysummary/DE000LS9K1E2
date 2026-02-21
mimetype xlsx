--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f16990a1512455e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59fad7b97ea0436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fd6dc8fe7af4fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c8387820ace4724"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R487acf34d72c41e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fd6dc8fe7af4fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc951f0f445784671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c8387820ace4724" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANIC - und ab geht's</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1E2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>228,598</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>