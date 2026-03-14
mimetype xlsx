--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59fad7b97ea0436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R530fdc9fb9dd478e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c8387820ace4724"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd669baf01f2a4db6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc951f0f445784671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c8387820ace4724" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c0337c26c84235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd669baf01f2a4db6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANIC - und ab geht's</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1E2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,199</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>