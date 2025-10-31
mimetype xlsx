--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re85caf20139b4639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60b5ab4c28924e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c6b40bbb9784e1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f5dd3e15be2479d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab9fbb453d72400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c6b40bbb9784e1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7720cf8f484da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f5dd3e15be2479d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite statt Zinstief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>83,253</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,664</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>82,982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,806</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>