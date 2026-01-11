--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60b5ab4c28924e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5cff14abfd14234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f5dd3e15be2479d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc6a03a7e084a81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7720cf8f484da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f5dd3e15be2479d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raccf87927e5b47e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc6a03a7e084a81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite statt Zinstief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>81,353</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>