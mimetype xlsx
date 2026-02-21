--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5cff14abfd14234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c1ae2464994d23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc6a03a7e084a81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46762bc6e964ca3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raccf87927e5b47e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc6a03a7e084a81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ba14b7b4934f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46762bc6e964ca3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite statt Zinstief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,688</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>