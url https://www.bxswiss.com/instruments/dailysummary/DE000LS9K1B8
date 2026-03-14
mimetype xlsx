--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c1ae2464994d23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c6d04d871b483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46762bc6e964ca3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6bafcee02a4742"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ba14b7b4934f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46762bc6e964ca3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76798527f5494552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6bafcee02a4742" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite statt Zinstief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,824</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>