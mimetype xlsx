--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7ce6df26104bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f7494ff19c4fa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R031f964564d9405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2624d68747e34dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a8b64f8981c4ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R031f964564d9405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9994253cbe544b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2624d68747e34dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erst säen und dann ernten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>135,883</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,149</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>141,516</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>