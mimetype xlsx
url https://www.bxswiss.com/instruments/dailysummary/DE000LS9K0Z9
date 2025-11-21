--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f7494ff19c4fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d2f19e31edf4609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2624d68747e34dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1867998dfbe4d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9994253cbe544b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2624d68747e34dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7724da53f1934feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1867998dfbe4d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erst säen und dann ernten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>