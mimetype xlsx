--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d2f19e31edf4609" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re66944d40cde467f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1867998dfbe4d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172bd1961c18485c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7724da53f1934feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1867998dfbe4d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882532eec2f44f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172bd1961c18485c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erst säen und dann ernten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...419 lines deleted...]
-          <x:t>139,137</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.11.2025</x:t>
-[...208 lines deleted...]
-          <x:t>139,486</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>