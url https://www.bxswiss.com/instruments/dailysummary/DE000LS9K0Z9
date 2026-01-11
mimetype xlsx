--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re66944d40cde467f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f0ffa8aa3a46ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172bd1961c18485c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f8f79525c244099"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882532eec2f44f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172bd1961c18485c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18295010c758423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f8f79525c244099" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erst säen und dann ernten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>