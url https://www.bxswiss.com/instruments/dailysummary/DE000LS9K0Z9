--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f0ffa8aa3a46ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cc211d1ee89445e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f8f79525c244099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb66fe4e6fa4ccf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18295010c758423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f8f79525c244099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eba9e94f1e5491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb66fe4e6fa4ccf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erst säen und dann ernten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>