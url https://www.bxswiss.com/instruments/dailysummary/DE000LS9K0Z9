--- v5 (2026-01-11)
+++ v6 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cc211d1ee89445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b52efef7c584454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb66fe4e6fa4ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f3a120817a42bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eba9e94f1e5491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb66fe4e6fa4ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb490968bb39a4fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f3a120817a42bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erst säen und dann ernten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>147,832</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>