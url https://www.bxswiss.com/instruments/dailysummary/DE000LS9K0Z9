--- v6 (2026-02-22)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b52efef7c584454" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbcac67bafe6410f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f3a120817a42bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc458622207d94bbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb490968bb39a4fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f3a120817a42bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c91575414584ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc458622207d94bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erst säen und dann ernten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,438 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>149,204</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,204</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>152,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,280</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>