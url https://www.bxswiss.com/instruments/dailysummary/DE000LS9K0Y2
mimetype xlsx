--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree071635cfc242fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb973a0e009ce431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf7f37d7fd874e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60690c3aeba940b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R814d9d81a39c4831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf7f37d7fd874e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra10814cfad8046f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60690c3aeba940b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>