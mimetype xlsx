--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb973a0e009ce431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33dd34cf2ede49b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60690c3aeba940b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re266a6adf15d48cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra10814cfad8046f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60690c3aeba940b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc57f972497d44e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re266a6adf15d48cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>458,515</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>