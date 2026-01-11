--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33dd34cf2ede49b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc92a7b0748c24e99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re266a6adf15d48cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d8d5d22dbab48d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc57f972497d44e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re266a6adf15d48cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3557f59a084b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d8d5d22dbab48d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>