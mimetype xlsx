--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc92a7b0748c24e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b9c304d16144ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d8d5d22dbab48d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72d15ee4e331451d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3557f59a084b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d8d5d22dbab48d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a1866a1232a4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72d15ee4e331451d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>461,299</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>