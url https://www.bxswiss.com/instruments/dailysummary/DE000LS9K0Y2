--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b9c304d16144ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55916efaecee4da8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72d15ee4e331451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e361c6a6c54526"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a1866a1232a4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72d15ee4e331451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R972cf60396834d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e361c6a6c54526" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>461,632</x:t>
-[...414 lines deleted...]
-          <x:t>455,307</x:t>
+          <x:t>459,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>