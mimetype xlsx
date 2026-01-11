--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d326ebec236414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R428650eb61e64b10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78171bd572474a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01a64f60e51541a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ada6aa154b54bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78171bd572474a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17c8fb73dc4e4b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01a64f60e51541a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>I11L: Value Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>52,624</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,679</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...342 lines deleted...]
-          <x:t>52,476</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,533</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>52,491</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,435</x:t>
-[...215 lines deleted...]
-          <x:t>52,173</x:t>
+          <x:t>52,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>