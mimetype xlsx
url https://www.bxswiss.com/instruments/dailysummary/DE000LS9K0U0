--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R428650eb61e64b10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc645e10489074151" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01a64f60e51541a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb47ba753cf6c4314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17c8fb73dc4e4b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01a64f60e51541a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7d32da3a0bd4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb47ba753cf6c4314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>I11L: Value Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>52,322</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,305</x:t>
-[...134 lines deleted...]
-          <x:t>52,472</x:t>
+          <x:t>52,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>