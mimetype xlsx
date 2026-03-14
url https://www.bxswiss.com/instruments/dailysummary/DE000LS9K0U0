--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc645e10489074151" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3efb408f67c64ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb47ba753cf6c4314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a68abb5756b44fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7d32da3a0bd4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb47ba753cf6c4314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c09937af88489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a68abb5756b44fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>I11L: Value Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>