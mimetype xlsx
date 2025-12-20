--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22609106c3bd4aed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f450e5a0934b96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d556d3e32354472"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4452fe2c1f42c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36096c73992447cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d556d3e32354472" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13887f97ef754eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4452fe2c1f42c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,823</x:t>
-[...323 lines deleted...]
-          <x:t>74,473</x:t>
+          <x:t>69,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,237</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>72,689</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>