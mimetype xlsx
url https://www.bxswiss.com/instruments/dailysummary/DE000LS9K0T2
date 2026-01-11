--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f450e5a0934b96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a1c60baedcd4641" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4452fe2c1f42c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bd49fd2dcd04b54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13887f97ef754eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4452fe2c1f42c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R776ac85812f44cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bd49fd2dcd04b54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>