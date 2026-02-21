--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a1c60baedcd4641" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a6e2553613b4f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bd49fd2dcd04b54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e64822d5014a98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R776ac85812f44cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bd49fd2dcd04b54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b354ea1ebae47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e64822d5014a98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>71,564</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>