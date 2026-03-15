--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a6e2553613b4f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc022bf2c9d348ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e64822d5014a98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee8b4f26a024261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b354ea1ebae47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e64822d5014a98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e1d405664854a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee8b4f26a024261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>67,458</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,732</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>66,803</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>