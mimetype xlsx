--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R414131308c2241a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb0033c239d47af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8030c804a354e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a9615fb7744dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ffcf48b3b304352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8030c804a354e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R886e890581374ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a9615fb7744dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- &amp; Newstrading Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>