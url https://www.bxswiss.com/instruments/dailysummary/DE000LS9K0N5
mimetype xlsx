--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb0033c239d47af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd26fc644933b4a27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a9615fb7744dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R397c3f957afd4489"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R886e890581374ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a9615fb7744dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b93c6cd0f743f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R397c3f957afd4489" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- &amp; Newstrading Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>244,043</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>