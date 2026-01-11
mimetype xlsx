--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd26fc644933b4a27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40835e116b8406c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R397c3f957afd4489"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f7392b839eb40d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b93c6cd0f743f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R397c3f957afd4489" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf5aefe91931478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f7392b839eb40d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- &amp; Newstrading Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>