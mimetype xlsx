--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40835e116b8406c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbee776f13ad3489a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f7392b839eb40d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R006edd2b589a49ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf5aefe91931478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f7392b839eb40d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra580cf40d7264d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R006edd2b589a49ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- &amp; Newstrading Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>243,006</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>