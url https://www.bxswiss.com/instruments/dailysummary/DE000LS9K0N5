--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbee776f13ad3489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf5ed5d50ef4049" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R006edd2b589a49ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc37fafd312f45e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra580cf40d7264d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R006edd2b589a49ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R283078ca5f314fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc37fafd312f45e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend- &amp; Newstrading Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>