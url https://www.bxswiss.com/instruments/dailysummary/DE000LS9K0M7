--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400fd4f4dfcc4a43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7de6d4b6b0404ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re616862521284d56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71603df06db04d44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84e37cf92d94099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re616862521284d56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7f0aef979b4d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71603df06db04d44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zackbum Special</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>346,392</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>