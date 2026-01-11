--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7de6d4b6b0404ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R631e0bd5bdb54bf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71603df06db04d44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a1e5b77a0cf4e77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7f0aef979b4d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71603df06db04d44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70841023ef2f4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a1e5b77a0cf4e77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zackbum Special</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>335,093</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>