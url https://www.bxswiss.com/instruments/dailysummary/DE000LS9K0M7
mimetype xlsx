--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R631e0bd5bdb54bf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b494473a7334619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a1e5b77a0cf4e77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed1404e0591444d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70841023ef2f4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a1e5b77a0cf4e77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49af994302544005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed1404e0591444d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zackbum Special</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>358,773</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>