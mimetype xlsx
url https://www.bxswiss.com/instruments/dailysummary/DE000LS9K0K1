--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9656edd9db048bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92131d08ec884b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a94986a7c54500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R502c0ddb15f54189"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5064f53430644753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a94986a7c54500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf24c12b6f3074b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R502c0ddb15f54189" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RS German Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,901</x:t>
-[...26 lines deleted...]
-          <x:t>120,030</x:t>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,828</x:t>
-[...16 lines deleted...]
-          <x:t>120,030</x:t>
+          <x:t>119,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,596</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>119,543</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>