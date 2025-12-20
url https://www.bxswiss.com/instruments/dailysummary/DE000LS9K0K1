--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92131d08ec884b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7e14141acf456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R502c0ddb15f54189"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b278c7ba944482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf24c12b6f3074b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R502c0ddb15f54189" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d4cdb377c341c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b278c7ba944482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RS German Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>118,766</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,565</x:t>
-[...296 lines deleted...]
-          <x:t>120,436</x:t>
+          <x:t>119,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,540</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>120,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>