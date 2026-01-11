--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7e14141acf456d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a1b2ef9a274669" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b278c7ba944482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34328a464e4f43a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d4cdb377c341c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b278c7ba944482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b382d2eeff24e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34328a464e4f43a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RS German Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>