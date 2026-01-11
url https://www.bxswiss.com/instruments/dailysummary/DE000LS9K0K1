--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a1b2ef9a274669" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55b8bf821fe40c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34328a464e4f43a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc90030f1b86f4728"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b382d2eeff24e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34328a464e4f43a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6538f2103b49de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc90030f1b86f4728" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RS German Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>