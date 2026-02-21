--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55b8bf821fe40c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0487a22cd2447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc90030f1b86f4728"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506b3d540ee44b9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6538f2103b49de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc90030f1b86f4728" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaf956566a2b4105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506b3d540ee44b9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RS German Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>122,301</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>