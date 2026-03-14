--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0487a22cd2447d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a64c000d2b24220" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506b3d540ee44b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b35443c86584985"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaf956566a2b4105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506b3d540ee44b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98db2ec9241e40ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b35443c86584985" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RS German Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,371</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>120,903</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,034</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...194 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,357</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>120,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>