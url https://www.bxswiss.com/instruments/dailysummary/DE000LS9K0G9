--- v0 (2026-01-07)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b141c695bd84e36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R825d8711b964475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3776d150049c4d13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8f62c15fc55454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cce41db46f047dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3776d150049c4d13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0161b8b7a6c14d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8f62c15fc55454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRENDRUN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0G9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>1.309,270</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.234,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>