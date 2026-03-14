--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R825d8711b964475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a2f8b7a668a44f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8f62c15fc55454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raccd5f673e18456e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0161b8b7a6c14d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8f62c15fc55454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ec881d24054292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raccd5f673e18456e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRENDRUN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0G9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.233,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.237,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.225,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.232,436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.217,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.222,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.207,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.217,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.243,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>