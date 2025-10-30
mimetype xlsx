--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R006714612299494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4526af7b6ed14d3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03820c81abe4724"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc3277f65296420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfabbdd6503d4f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03820c81abe4724" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa316b54b63f4fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc3277f65296420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Hauptwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>55,903</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>53,932</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,952</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,803</x:t>
-[...63 lines deleted...]
-          <x:t>56,111</x:t>
+          <x:t>53,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>