--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4526af7b6ed14d3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5876020dad4f6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc3277f65296420a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ca2eca1befd47d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa316b54b63f4fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc3277f65296420a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8407963d0e374257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ca2eca1befd47d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Hauptwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,803</x:t>
-[...340 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>53,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,368</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>53,842</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,498</x:t>
-[...102 lines deleted...]
-          <x:t>53,513</x:t>
+          <x:t>53,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>53,528</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>