--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5876020dad4f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ddb28de035459a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ca2eca1befd47d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a58becd2f24690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8407963d0e374257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ca2eca1befd47d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39b499995a449d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a58becd2f24690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Hauptwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>