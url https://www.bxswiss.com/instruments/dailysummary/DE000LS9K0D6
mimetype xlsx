--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ddb28de035459a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8875112767147c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a58becd2f24690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106dd3e638d3447f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39b499995a449d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a58becd2f24690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aeb1d4933c8413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106dd3e638d3447f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Hauptwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,936</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>57,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,546</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>