--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8875112767147c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5613ab63fbe24c1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106dd3e638d3447f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f7e32891f84f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aeb1d4933c8413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106dd3e638d3447f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e19a92690f64b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f7e32891f84f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Hauptwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>58,274</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>