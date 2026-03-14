--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5613ab63fbe24c1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree80cc0ac4644cdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f7e32891f84f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc624775c87064583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e19a92690f64b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f7e32891f84f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47bcf3e42a8e4ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc624775c87064583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Hauptwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>55,301</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,586</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...327 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>