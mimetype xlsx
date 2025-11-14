--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11341156b914eab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b61512d06a4755" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6110d1c8f0f44c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R347feccfe07e4d25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71de1aad637046e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6110d1c8f0f44c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541a14ec794d47b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R347feccfe07e4d25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital FutureValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>431,445</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>