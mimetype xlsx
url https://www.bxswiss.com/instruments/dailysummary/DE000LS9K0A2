--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b61512d06a4755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020ecebb69404b3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R347feccfe07e4d25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da549ebb31a4709"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541a14ec794d47b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R347feccfe07e4d25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5ff69d28fd445d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da549ebb31a4709" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital FutureValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>413,149</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>