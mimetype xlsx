--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020ecebb69404b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe8f194e9bc4f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da549ebb31a4709"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dd970741e1b4a40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5ff69d28fd445d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da549ebb31a4709" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f7c5913a5904543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dd970741e1b4a40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital FutureValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>