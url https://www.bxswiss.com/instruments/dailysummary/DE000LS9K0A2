--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe8f194e9bc4f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0de63596acc48ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dd970741e1b4a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63a33d31f504c0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f7c5913a5904543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dd970741e1b4a40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03cde6a3b61f4b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63a33d31f504c0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital FutureValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>455,683</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>