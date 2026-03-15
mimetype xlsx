--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0de63596acc48ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aed3d450e314cbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63a33d31f504c0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd5cfbe3929d4a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03cde6a3b61f4b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63a33d31f504c0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R010e3a58a32f4d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd5cfbe3929d4a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital FutureValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>473,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,334</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>