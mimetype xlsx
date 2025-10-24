--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3746d096e924bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddfda33b23434976" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc99f128376b44e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96aed5ed8a414ee8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd97e5448307f4e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc99f128376b44e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc372001a7bd24926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96aed5ed8a414ee8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-EMT20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>