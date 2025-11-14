--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddfda33b23434976" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4416e1f9a8a4759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96aed5ed8a414ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0e8c7edfcbc437c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc372001a7bd24926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96aed5ed8a414ee8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0f826e96b142e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0e8c7edfcbc437c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-EMT20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>16,147</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>