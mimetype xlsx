--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4416e1f9a8a4759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34fbb142ebc84b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0e8c7edfcbc437c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4baf592a9ccd43ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0f826e96b142e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0e8c7edfcbc437c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e50a87016040a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4baf592a9ccd43ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-EMT20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>13,279</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>