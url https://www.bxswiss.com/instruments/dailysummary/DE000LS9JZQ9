--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34fbb142ebc84b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa008af31802434e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4baf592a9ccd43ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R992ad4d075d249e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e50a87016040a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4baf592a9ccd43ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e821d79dd4b4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R992ad4d075d249e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-EMT20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,706</x:t>
+          <x:t>12,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,669</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>12,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>