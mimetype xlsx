--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa008af31802434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e5e8608bd54eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R992ad4d075d249e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3b2096d0ec54a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e821d79dd4b4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R992ad4d075d249e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4866563e6b534dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3b2096d0ec54a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-EMT20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>13,534</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,354</x:t>
-[...80 lines deleted...]
-          <x:t>13,866</x:t>
+          <x:t>13,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>