--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e5e8608bd54eb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b22cc257b8f491e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3b2096d0ec54a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f17cc03391b421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4866563e6b534dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3b2096d0ec54a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936c1fc793a440d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f17cc03391b421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-EMT20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>12,794</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,791</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>12,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,907</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>