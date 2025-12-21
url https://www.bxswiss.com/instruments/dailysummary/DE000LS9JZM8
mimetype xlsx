--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9965f1f3164941ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6077ef71b70b48cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62753dd82dd248bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ee6c53c077343cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394ef82329dd46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62753dd82dd248bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f8927faac2450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ee6c53c077343cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jung und Alt "Spezial"</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>150,643</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>