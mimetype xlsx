--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6077ef71b70b48cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2105a93bba84771" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ee6c53c077343cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44dab5aa81034a4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f8927faac2450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ee6c53c077343cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b9d3e92df5b4232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44dab5aa81034a4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jung und Alt "Spezial"</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>143,663</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,533</x:t>
-[...38 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,503</x:t>
-[...360 lines deleted...]
-          <x:t>145,572</x:t>
+          <x:t>144,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>