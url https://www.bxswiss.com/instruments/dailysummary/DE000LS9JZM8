--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2105a93bba84771" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf020d762b5064f7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44dab5aa81034a4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R349424c4d47a4b24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b9d3e92df5b4232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44dab5aa81034a4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275f53bf668b4fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R349424c4d47a4b24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jung und Alt "Spezial"</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,810</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>