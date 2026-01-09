--- v0 (2025-10-07)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941ec58f96944c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9d5c9b25b2e45b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4390376739e64f9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5457b93e96c4105"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7080d74aa594418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4390376739e64f9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b15302f2825461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5457b93e96c4105" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>486,445</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>