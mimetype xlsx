--- v1 (2026-01-09)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9d5c9b25b2e45b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf46f684c5d4fee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5457b93e96c4105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72e6a70de82461c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b15302f2825461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5457b93e96c4105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R673606ec90fa4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72e6a70de82461c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>506,080</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>