--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf46f684c5d4fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64489c4f368421c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72e6a70de82461c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd06a8d44c3847e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R673606ec90fa4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72e6a70de82461c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4de7079ab2d94b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd06a8d44c3847e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>459,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>