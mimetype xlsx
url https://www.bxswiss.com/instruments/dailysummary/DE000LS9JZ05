--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9fe0c4a4c744e0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51674751ac54ab9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f35c6bd140d4b28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa62563278244728"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f1da1a503a146ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f35c6bd140d4b28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f571fd3029c47aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa62563278244728" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silber mag ich sehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZ05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>