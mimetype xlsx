--- v1 (2025-10-25)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51674751ac54ab9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c15400e48c4cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa62563278244728"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75165a16d750456d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f571fd3029c47aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa62563278244728" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac83e336fc254d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75165a16d750456d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silber mag ich sehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZ05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>61,786</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>61,742</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>