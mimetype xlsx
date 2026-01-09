--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c15400e48c4cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484e89435f184a58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75165a16d750456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7cbe6db6a3a4ef1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac83e336fc254d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75165a16d750456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra978a96e3b7a4e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7cbe6db6a3a4ef1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silber mag ich sehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZ05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,573</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>