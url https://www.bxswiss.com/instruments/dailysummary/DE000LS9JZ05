--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484e89435f184a58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c78b4ec765648a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7cbe6db6a3a4ef1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e8bbc0884ec4bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra978a96e3b7a4e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7cbe6db6a3a4ef1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1804c15c115143ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e8bbc0884ec4bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silber mag ich sehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZ05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>