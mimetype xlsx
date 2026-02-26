--- v4 (2026-02-05)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c78b4ec765648a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d199babd77841e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e8bbc0884ec4bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25d4aa441fe34549"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1804c15c115143ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e8bbc0884ec4bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dd37e9e2b1e460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25d4aa441fe34549" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silber mag ich sehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JZ05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>