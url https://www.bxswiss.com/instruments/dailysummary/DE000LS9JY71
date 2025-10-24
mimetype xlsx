--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5c1fd3adfdc444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f91ab0cb7c14867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9520f23fb7854450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f1a757ef2014121"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632911dff90d4d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9520f23fb7854450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2095cb0dd654d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f1a757ef2014121" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tschackabumm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>