--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f91ab0cb7c14867" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe3ae39328a4fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f1a757ef2014121"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00ac57e5b1ce4b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2095cb0dd654d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f1a757ef2014121" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51db83c8c6cf49f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00ac57e5b1ce4b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tschackabumm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>