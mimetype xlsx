--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe3ae39328a4fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89833eb0b45947f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00ac57e5b1ce4b35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03568ab87beb471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51db83c8c6cf49f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00ac57e5b1ce4b35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R818fb80a661c43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03568ab87beb471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tschackabumm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>268,662</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>