--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89833eb0b45947f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92845eca8f674e85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03568ab87beb471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53453f3205554a90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R818fb80a661c43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03568ab87beb471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c08ace2247b4064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53453f3205554a90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tschackabumm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>289,763</x:t>
-[...279 lines deleted...]
-          <x:t>282,597</x:t>
+          <x:t>289,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>