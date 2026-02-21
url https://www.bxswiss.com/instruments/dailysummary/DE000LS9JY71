--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92845eca8f674e85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5af5245c9b4003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53453f3205554a90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6fbfdf3b235435d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c08ace2247b4064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53453f3205554a90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R666f9ea7af5a4b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6fbfdf3b235435d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tschackabumm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>299,289</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>