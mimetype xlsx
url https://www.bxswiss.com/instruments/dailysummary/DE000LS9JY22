--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18c3a85a34046fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c1b34c34da5477c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfada0cb75c9145e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R515e513e63f648a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R024e0362c5484e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfada0cb75c9145e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4270f3c0b3cb4007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R515e513e63f648a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden mit Candlesticks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>