--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c1b34c34da5477c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ab06bb61684e01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R515e513e63f648a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85e665a023e4f69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4270f3c0b3cb4007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R515e513e63f648a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1b13fa80ab14768" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85e665a023e4f69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden mit Candlesticks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>124,761</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...181 lines deleted...]
-          <x:t>126,655</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>