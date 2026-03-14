--- v2 (2026-01-07)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ab06bb61684e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768f1abae9754d9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85e665a023e4f69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc8351aef25d49eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1b13fa80ab14768" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85e665a023e4f69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R981219ae304a4900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc8351aef25d49eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden mit Candlesticks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>126,128</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,410</x:t>
-[...242 lines deleted...]
-          <x:t>125,301</x:t>
+          <x:t>123,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>