--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3de2d8069d004b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea085904c1c5411c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf69c683fad02449f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aea77f9b0da4c76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf794343f69e6478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf69c683fad02449f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab99592062e4a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aea77f9b0da4c76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,006</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>148,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>