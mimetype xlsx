--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea085904c1c5411c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a8bb97a669845d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aea77f9b0da4c76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b4422006cd4bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab99592062e4a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aea77f9b0da4c76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c53a8984d164033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b4422006cd4bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,277</x:t>
+          <x:t>148,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,134</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,332</x:t>
-[...144 lines deleted...]
-          <x:t>147,179</x:t>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>