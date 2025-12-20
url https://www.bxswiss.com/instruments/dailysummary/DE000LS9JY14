--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a8bb97a669845d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4941c6d4564aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b4422006cd4bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R343ca9a4d9a64df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c53a8984d164033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b4422006cd4bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f1ea085cc154360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R343ca9a4d9a64df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...463 lines deleted...]
-          <x:t>148,080</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,056</x:t>
-[...11 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,327</x:t>
-[...144 lines deleted...]
-          <x:t>146,529</x:t>
+          <x:t>148,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>