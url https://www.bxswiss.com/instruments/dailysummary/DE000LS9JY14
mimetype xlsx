--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4941c6d4564aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e2f6378c9e43a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R343ca9a4d9a64df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dda91d1c25f4162"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f1ea085cc154360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R343ca9a4d9a64df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54ddfc4e7924f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dda91d1c25f4162" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>147,943</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,703</x:t>
-[...566 lines deleted...]
-          <x:t>148,065</x:t>
+          <x:t>147,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>