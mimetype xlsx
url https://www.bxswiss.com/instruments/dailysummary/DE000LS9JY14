--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e2f6378c9e43a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref54ecb858604f44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dda91d1c25f4162"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e82570b57794c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54ddfc4e7924f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dda91d1c25f4162" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1355cce57ade4491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e82570b57794c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>148,022</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>