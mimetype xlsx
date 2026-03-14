--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref54ecb858604f44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reac132e75dc54d3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e82570b57794c20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a8aae31d654943"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1355cce57ade4491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e82570b57794c20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0034899e7e0a43c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a8aae31d654943" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>