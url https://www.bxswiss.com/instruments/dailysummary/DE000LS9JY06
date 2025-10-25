--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af0c42e5b5c49ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3c9fcbcf764612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e94db2299d44b34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c76189cd144568"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8060e7d6c04b45b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e94db2299d44b34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64da80cfa58c4e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c76189cd144568" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chips - Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>140,891</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,913</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>140,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>