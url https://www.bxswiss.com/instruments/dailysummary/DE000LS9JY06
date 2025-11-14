--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3c9fcbcf764612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47a7e27294ff48ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c76189cd144568"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13b38ff2c174446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64da80cfa58c4e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c76189cd144568" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3fce93d409445aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13b38ff2c174446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chips - Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>