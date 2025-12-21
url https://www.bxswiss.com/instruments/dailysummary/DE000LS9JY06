--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47a7e27294ff48ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51823be6bf64fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13b38ff2c174446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb948ec42e454068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3fce93d409445aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13b38ff2c174446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1fd7259451b42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb948ec42e454068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chips - Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...603 lines deleted...]
-          <x:t>142,699</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,453</x:t>
-[...26 lines deleted...]
-          <x:t>142,252</x:t>
+          <x:t>141,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>