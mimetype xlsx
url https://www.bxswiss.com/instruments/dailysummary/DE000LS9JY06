--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51823be6bf64fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25280a8b64eb4f47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb948ec42e454068"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44dbc4f422b64a19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1fd7259451b42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb948ec42e454068" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6557d6d3ac5d4967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44dbc4f422b64a19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chips - Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>