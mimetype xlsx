--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25280a8b64eb4f47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d9bb521ca3940a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44dbc4f422b64a19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6db8ee100cbc4cd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6557d6d3ac5d4967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44dbc4f422b64a19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd700293e06d45e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6db8ee100cbc4cd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chips - Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,857</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>