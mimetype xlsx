--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d9bb521ca3940a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da3961445f545aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6db8ee100cbc4cd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c6e386dc0b432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd700293e06d45e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6db8ee100cbc4cd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d9317a354c45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c6e386dc0b432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chips - Long Term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JY06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>