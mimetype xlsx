--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re808a53b51cb42cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11606e0a854248e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a8577a04fc246b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdfbee54140d4c9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae76a0f56e6645b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a8577a04fc246b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra237f4b317454298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdfbee54140d4c9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen US-Stars With Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>