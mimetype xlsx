--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11606e0a854248e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d1a61dcb3764e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdfbee54140d4c9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7568959252e944ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra237f4b317454298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdfbee54140d4c9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe591ccf3b77493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7568959252e944ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen US-Stars With Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>192,979</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,153</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>193,728</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>192,109</x:t>
-[...161 lines deleted...]
-          <x:t>192,209</x:t>
+          <x:t>191,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>