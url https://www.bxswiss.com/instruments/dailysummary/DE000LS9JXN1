--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d1a61dcb3764e65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15e7d860109a4642" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7568959252e944ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7cd81e1750247d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe591ccf3b77493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7568959252e944ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0547a53631fc4b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7cd81e1750247d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen US-Stars With Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...198 lines deleted...]
-          <x:t>194,299</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>188,653</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>