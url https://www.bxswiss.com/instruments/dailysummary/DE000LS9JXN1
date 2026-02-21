--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15e7d860109a4642" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa521208a8c948ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7cd81e1750247d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ab4bf1559604213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0547a53631fc4b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7cd81e1750247d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51b2e71ced45436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ab4bf1559604213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen US-Stars With Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>189,152</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>