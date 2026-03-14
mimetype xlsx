--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa521208a8c948ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc1e23a909847e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ab4bf1559604213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ec3e2cc6e24dd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51b2e71ced45436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ab4bf1559604213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60a999c289604a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ec3e2cc6e24dd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen US-Stars With Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>