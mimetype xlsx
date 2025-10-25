--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f93611d568452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55953056f844b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf932047b83444487"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c8a71266f4b48b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85cc7683976c44bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf932047b83444487" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7ae8c080e3940ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c8a71266f4b48b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDEND Hub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>