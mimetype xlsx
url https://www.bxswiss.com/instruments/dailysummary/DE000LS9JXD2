--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55953056f844b95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46d72c9369484455" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c8a71266f4b48b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ec5bde5bc744fba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7ae8c080e3940ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c8a71266f4b48b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca97c16ff9c4053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ec5bde5bc744fba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDEND Hub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>