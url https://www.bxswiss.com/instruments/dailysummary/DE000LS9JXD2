--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46d72c9369484455" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa8f83d9bc24d61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ec5bde5bc744fba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R384fd2db41ca4c0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca97c16ff9c4053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ec5bde5bc744fba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd92d6db3ec054c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R384fd2db41ca4c0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDEND Hub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>137,389</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>