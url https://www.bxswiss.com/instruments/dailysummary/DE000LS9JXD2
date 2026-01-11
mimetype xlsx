--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa8f83d9bc24d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb719f7a831d4f77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R384fd2db41ca4c0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72dc21f9e253487f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd92d6db3ec054c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R384fd2db41ca4c0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra00bb582d74b48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72dc21f9e253487f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDEND Hub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,591</x:t>
-[...387 lines deleted...]
-          <x:t>143,407</x:t>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>