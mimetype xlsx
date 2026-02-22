--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb719f7a831d4f77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8247107e4a744e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72dc21f9e253487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re47d2f6bd65b4ae5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra00bb582d74b48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72dc21f9e253487f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaad234df5e54a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re47d2f6bd65b4ae5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDEND Hub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,010</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>