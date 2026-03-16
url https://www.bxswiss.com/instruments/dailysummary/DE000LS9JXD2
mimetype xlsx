--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8247107e4a744e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf05d1218c84b18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re47d2f6bd65b4ae5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R959fbb775ea1431b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaad234df5e54a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re47d2f6bd65b4ae5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd117b0505d354209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R959fbb775ea1431b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDEND Hub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,215</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>151,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>